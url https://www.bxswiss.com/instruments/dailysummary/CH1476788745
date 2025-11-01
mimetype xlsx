--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9321cf3e1a6741ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e73458f2044b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49591eaf834c41e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d002b1580674149"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ea32dae27524f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49591eaf834c41e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b4f94e09bcd4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d002b1580674149" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>1,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...124 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>1,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>