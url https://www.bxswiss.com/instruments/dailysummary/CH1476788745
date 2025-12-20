--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e73458f2044b7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171eac042271482a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d002b1580674149"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra37cd782a8a34700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b4f94e09bcd4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d002b1580674149" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra463b8ca8fa647aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra37cd782a8a34700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,975</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,965</x:t>
-[...303 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>2,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>