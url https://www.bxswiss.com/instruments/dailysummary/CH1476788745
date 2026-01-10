--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171eac042271482a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8edf2606dbce4960" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra37cd782a8a34700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9919e3290ace4b59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra463b8ca8fa647aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra37cd782a8a34700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb8d613922a409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9919e3290ace4b59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,753</x:t>
-[...630 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>