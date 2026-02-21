--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8edf2606dbce4960" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3684f3b5784083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9919e3290ace4b59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd016076fa84da0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb8d613922a409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9919e3290ace4b59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a2940419d74278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd016076fa84da0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>2,043</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>1,647</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,837</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,603</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>1,387</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,651</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,541</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,495</x:t>
-[...247 lines deleted...]
-          <x:t>2,063</x:t>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>