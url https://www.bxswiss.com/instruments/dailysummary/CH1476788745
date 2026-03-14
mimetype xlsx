--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3684f3b5784083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6be4614d55463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd016076fa84da0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f4888ffd174c9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a2940419d74278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd016076fa84da0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R677c96c6c73a4e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f4888ffd174c9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>1,861</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>1,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,439</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>1,093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,893</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>