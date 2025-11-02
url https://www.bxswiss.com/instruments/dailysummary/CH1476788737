--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad34523d01534425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c34fea10f64286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71d81baedd84eb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra240879f92834994"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff01318379745d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71d81baedd84eb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R546bb55dcd8d496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra240879f92834994" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788737</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,605</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,565</x:t>
-[...151 lines deleted...]
-          <x:t>1,975</x:t>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,955</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>2,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>2,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,465</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,115</x:t>
-[...4 lines deleted...]
-          <x:t>2,145</x:t>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>