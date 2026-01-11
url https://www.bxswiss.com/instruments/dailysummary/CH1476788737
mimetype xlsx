--- v1 (2025-11-02)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c34fea10f64286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b9780be1f047f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra240879f92834994"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d96f426b88141dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R546bb55dcd8d496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra240879f92834994" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fffbd20d55a4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d96f426b88141dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788737</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,205</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>2,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,245</x:t>
-[...571 lines deleted...]
-          <x:t>2,895</x:t>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>