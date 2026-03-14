--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b9780be1f047f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe773ac6cca146ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d96f426b88141dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R115c54b00fbd42ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fffbd20d55a4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d96f426b88141dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df377b100eb464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R115c54b00fbd42ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788737</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,947</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,907</x:t>
-[...269 lines deleted...]
-          <x:t>2,359</x:t>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>