--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc32fd2c65e40e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef739c043bb4935" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2433560a286403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ed1d4358c542c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595aad54b1674267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2433560a286403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd405b051abc24148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ed1d4358c542c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,765</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
-[...16 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,775</x:t>
-[...571 lines deleted...]
-          <x:t>2,355</x:t>
+          <x:t>2,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>