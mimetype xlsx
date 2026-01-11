--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef739c043bb4935" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e4b73e92af45b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ed1d4358c542c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c29c16bcf254154"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd405b051abc24148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ed1d4358c542c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04afd410550449cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c29c16bcf254154" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>2,822</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,728</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>2,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,540</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>