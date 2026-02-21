--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e4b73e92af45b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71037227b564f15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c29c16bcf254154"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d47aab13dbc48b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04afd410550449cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c29c16bcf254154" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63958c9b9cf43e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d47aab13dbc48b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>2,217</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>2,669</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>