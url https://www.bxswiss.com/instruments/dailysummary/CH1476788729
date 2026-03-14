--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71037227b564f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ecaaca4b404381" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d47aab13dbc48b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re01a7eca79b34e37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63958c9b9cf43e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d47aab13dbc48b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c77426079f43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re01a7eca79b34e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,589</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>16.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,773</x:t>
-[...117 lines deleted...]
-          <x:t>1,727</x:t>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>