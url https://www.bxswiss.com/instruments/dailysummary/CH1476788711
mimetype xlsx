--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc42b24c525e4cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raedb40f64f13422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6fc7c8ba10e485d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5ac615af15941c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47fdb4ca3f8f4bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6fc7c8ba10e485d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18644d97bec743bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5ac615af15941c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,285</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,225</x:t>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
-[...87 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,715</x:t>
-[...16 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,845</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>2,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>