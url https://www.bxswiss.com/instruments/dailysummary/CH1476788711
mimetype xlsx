--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raedb40f64f13422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30d493b62cd44ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5ac615af15941c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab8b22eabec431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18644d97bec743bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5ac615af15941c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854657069e76467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab8b22eabec431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,455</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>