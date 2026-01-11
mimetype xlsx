--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30d493b62cd44ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda699ce556c5408f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab8b22eabec431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fe614ea424419d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854657069e76467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab8b22eabec431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eda665f22c14c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fe614ea424419d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>