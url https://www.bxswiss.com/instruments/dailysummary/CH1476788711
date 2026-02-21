--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda699ce556c5408f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4b4eaae61d748f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fe614ea424419d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a04bf0c7abd4424"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eda665f22c14c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fe614ea424419d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5aef1fc120542fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a04bf0c7abd4424" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,752</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,899</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>2,431</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,361</x:t>
-[...21 lines deleted...]
-          <x:t>2,599</x:t>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,173</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>2,989</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>