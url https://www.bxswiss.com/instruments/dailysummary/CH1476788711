--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4b4eaae61d748f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef4d1e1f911405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a04bf0c7abd4424"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f77758b10b43c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5aef1fc120542fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a04bf0c7abd4424" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273748db51ba449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f77758b10b43c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>2,919</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,903</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>2,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,795</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>