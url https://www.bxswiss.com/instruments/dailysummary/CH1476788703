--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda79f3e854594f04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343ffdc864804a76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cbd2d193f514df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670e77e625974232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf04fc85bbc640f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cbd2d193f514df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R659132257d044422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670e77e625974232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>2,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
-[...436 lines deleted...]
-          <x:t>2,875</x:t>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>