--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343ffdc864804a76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c5b8dbe09a54e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670e77e625974232"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reabf092749a14ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R659132257d044422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670e77e625974232" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64e273bafc5f4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reabf092749a14ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>