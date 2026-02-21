--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c5b8dbe09a54e39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d646343d9bc4cd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reabf092749a14ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a62552f3cb49c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64e273bafc5f4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reabf092749a14ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e8a016bee124685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a62552f3cb49c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,719</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,645</x:t>
-[...65 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,553</x:t>
-[...38 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>3,073</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,069</x:t>
-[...139 lines deleted...]
-          <x:t>3,321</x:t>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>