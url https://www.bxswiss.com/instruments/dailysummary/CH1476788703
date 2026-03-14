--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d646343d9bc4cd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a2269c25f143fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a62552f3cb49c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa3253a4c9646db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e8a016bee124685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a62552f3cb49c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec9072523bf24c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa3253a4c9646db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,571 +149,166 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>2,735</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>2,123</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,299</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,099</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>