--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643b7560aeaf4357" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d329917b674334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7104c59a087475b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb512c41b0814c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2a2da309044c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7104c59a087475b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70eca0340e11458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb512c41b0814c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,025</x:t>
-[...549 lines deleted...]
-          <x:t>2,965</x:t>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>