--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d329917b674334" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc665c3f554624924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb512c41b0814c7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96bf34bf101b4430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70eca0340e11458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb512c41b0814c7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733e70832a924bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96bf34bf101b4430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>3,745</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>3,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>2,998</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>