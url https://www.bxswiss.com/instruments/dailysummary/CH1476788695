--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc665c3f554624924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6667293087e440a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96bf34bf101b4430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b7fa85d07b4b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R733e70832a924bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96bf34bf101b4430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7f2761518b4443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b7fa85d07b4b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,580</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>3,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,753</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>