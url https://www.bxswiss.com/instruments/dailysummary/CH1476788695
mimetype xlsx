--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6667293087e440a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bd9322b45e64e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b7fa85d07b4b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6904d92aed694898"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7f2761518b4443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b7fa85d07b4b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea90f80b12c5416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6904d92aed694898" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,523</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,323</x:t>
-[...33 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,097</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,713</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,049</x:t>
-[...269 lines deleted...]
-          <x:t>3,659</x:t>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>