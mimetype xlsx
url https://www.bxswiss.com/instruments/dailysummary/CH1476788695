--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bd9322b45e64e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R557775f56a2543ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6904d92aed694898"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a129ff4e4e04ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea90f80b12c5416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6904d92aed694898" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R351b085c01804fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a129ff4e4e04ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>