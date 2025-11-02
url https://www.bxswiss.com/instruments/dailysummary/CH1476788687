--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d345860cf14c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra04ede725f9140f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e0c15c9fdf4921"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc804fecd90754eb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61701b5c46714f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e0c15c9fdf4921" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85014b50d24e4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc804fecd90754eb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>3,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,145</x:t>
-[...421 lines deleted...]
-          <x:t>3,835</x:t>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>3,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>