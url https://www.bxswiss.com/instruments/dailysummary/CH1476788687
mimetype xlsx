--- v1 (2025-11-02)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra04ede725f9140f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3847ea8e72546b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc804fecd90754eb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b8f90a1f9a84bf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85014b50d24e4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc804fecd90754eb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ae50ff621d4357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b8f90a1f9a84bf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,555</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>3,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,855</x:t>
-[...16 lines deleted...]
-          <x:t>3,865</x:t>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,785</x:t>
-[...512 lines deleted...]
-          <x:t>4,355</x:t>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>