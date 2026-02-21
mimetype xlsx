--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3847ea8e72546b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387973c9826a4b9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b8f90a1f9a84bf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8becc837ec794d98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ae50ff621d4357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b8f90a1f9a84bf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4afef73343764c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8becc837ec794d98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,662</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,821</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>3,037</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,097</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>4,007</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>