--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387973c9826a4b9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd698039dc347f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8becc837ec794d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5dc38ba8a4b4aff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4afef73343764c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8becc837ec794d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb536acbe27a74e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5dc38ba8a4b4aff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>3,629</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,435</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>2,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,009</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>