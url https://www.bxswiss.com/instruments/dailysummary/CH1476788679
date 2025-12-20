--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88df8c10b18945ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e47e30aee643dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2061b627baa4022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re317f2eb0fb24f20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea8afe0d46d409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2061b627baa4022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f28cbd617d4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re317f2eb0fb24f20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>3,285</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>3,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>