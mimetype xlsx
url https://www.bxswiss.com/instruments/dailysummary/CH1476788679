--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e47e30aee643dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9211c645df14fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re317f2eb0fb24f20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56993e915af2490f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f28cbd617d4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re317f2eb0fb24f20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cf5ab2e8b004400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56993e915af2490f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>4,364</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,226</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>4,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,036</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>