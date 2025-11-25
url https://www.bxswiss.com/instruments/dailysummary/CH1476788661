--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R580918e7c8754ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9312904e436448e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0ea0c8e76b4029"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc236fc9e268a47bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd606c1ba21ef47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0ea0c8e76b4029" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1137e3fcd9f34c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc236fc9e268a47bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,885</x:t>
-[...549 lines deleted...]
-          <x:t>3,805</x:t>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>