--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9312904e436448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691d37113da64381" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc236fc9e268a47bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2791a79615b646f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1137e3fcd9f34c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc236fc9e268a47bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09484a1bc64d44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2791a79615b646f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,875</x:t>
-[...387 lines deleted...]
-          <x:t>3,884</x:t>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>