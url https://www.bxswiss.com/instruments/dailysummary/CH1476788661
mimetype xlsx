--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691d37113da64381" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4efc157d608d4fc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2791a79615b646f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bdcffc80dab4e66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09484a1bc64d44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2791a79615b646f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe30bfd170574a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bdcffc80dab4e66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,532</x:t>
-[...278 lines deleted...]
-        <x:is>
           <x:t>4,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,308</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>