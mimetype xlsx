--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21f9001fac342fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac36fa5beaf4d01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39b55963476a4b33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed6c48c6d8a4fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0348458218d04869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39b55963476a4b33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd799c67ae1eb4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed6c48c6d8a4fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,185</x:t>
-[...495 lines deleted...]
-          <x:t>4,305</x:t>
+          <x:t>4,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>