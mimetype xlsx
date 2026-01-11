--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac36fa5beaf4d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b236fa519e94271" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed6c48c6d8a4fbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3f97efaf00471d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd799c67ae1eb4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed6c48c6d8a4fbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6bae74ceb3f4cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3f97efaf00471d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,870</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>4,842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,638</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>