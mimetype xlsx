--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d4d1317dd647b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e225f2659a84f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62c2f7f3809642cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6480d913654b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc8fad3cb3ff4af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62c2f7f3809642cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b20c5e3681b4854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6480d913654b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>4,245</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,895</x:t>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,035</x:t>
-[...171 lines deleted...]
-          <x:t>4,595</x:t>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>