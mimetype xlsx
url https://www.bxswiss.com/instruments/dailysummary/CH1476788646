--- v1 (2025-11-02)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e225f2659a84f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1df589d8a94210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6480d913654b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b552b7200bb40ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b20c5e3681b4854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6480d913654b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd29cf54168e4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b552b7200bb40ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>5,035</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,875</x:t>
-[...566 lines deleted...]
-          <x:t>5,635</x:t>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>