--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1df589d8a94210" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa186c3e2394357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b552b7200bb40ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra37892ef0c4b4da2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd29cf54168e4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b552b7200bb40ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e3a26685614019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra37892ef0c4b4da2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>5,250</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,158</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>5,147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,829</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>