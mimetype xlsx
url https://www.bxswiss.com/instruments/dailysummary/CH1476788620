--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53a997ee6b1c40ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f72d647f604d32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fe0fd69e095426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2bddb8f07664bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8250d626a5c4bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fe0fd69e095426f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5d7b9a82534d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2bddb8f07664bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,125</x:t>
-[...178 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,175</x:t>
-[...306 lines deleted...]
-          <x:t>5,245</x:t>
+          <x:t>5,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>