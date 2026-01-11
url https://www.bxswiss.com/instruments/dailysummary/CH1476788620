--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f72d647f604d32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd2dd4dd2c146d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2bddb8f07664bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb028c02e5b5d43e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5d7b9a82534d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2bddb8f07664bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f03ec44c77a493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb028c02e5b5d43e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>5,694</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,839</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>