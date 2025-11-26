--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8056a235f24137" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792b170341fd424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961217a249ee4b5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaece0e019d84a59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd679c4463c426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961217a249ee4b5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00ebaad982847af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaece0e019d84a59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>5,435</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>6,005</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,885</x:t>
-[...210 lines deleted...]
-          <x:t>6,435</x:t>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>5,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>