--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792b170341fd424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ecade262d244ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaece0e019d84a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0826c09bcab74197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00ebaad982847af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaece0e019d84a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ba46f0bd171418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0826c09bcab74197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,780</x:t>
-[...360 lines deleted...]
-          <x:t>5,936</x:t>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>