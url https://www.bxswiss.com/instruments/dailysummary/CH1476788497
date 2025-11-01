--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75962e89f0484a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e04c3db1074dc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d48e2c8b6f64250"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b088b8ad4f7477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0aea0944cc034bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d48e2c8b6f64250" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ce9410220a46e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b088b8ad4f7477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...16 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,185</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>1,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...80 lines deleted...]
-          <x:t>1,465</x:t>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>