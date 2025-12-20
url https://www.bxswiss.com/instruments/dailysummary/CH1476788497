--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e04c3db1074dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22dc21c3603c448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b088b8ad4f7477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4588efbe9b3c4911"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ce9410220a46e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b088b8ad4f7477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re09c38fe70104fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4588efbe9b3c4911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...279 lines deleted...]
-          <x:t>1,875</x:t>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>