--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R787f610ced9c4fbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32dc065590bb4105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3df6eeb860b54e77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3413281705c4b6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb9221cc11c0423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3df6eeb860b54e77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990f9a34a19c4f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3413281705c4b6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,905</x:t>
-[...399 lines deleted...]
-          <x:t>3,045</x:t>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,575</x:t>
-[...21 lines deleted...]
-          <x:t>2,265</x:t>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,365</x:t>
-[...38 lines deleted...]
-          <x:t>2,395</x:t>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...58 lines deleted...]
-          <x:t>2,615</x:t>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>