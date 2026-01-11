--- v1 (2025-11-02)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32dc065590bb4105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9ccac11f1f4350" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3413281705c4b6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7419581a38494c6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990f9a34a19c4f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3413281705c4b6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7366b80a9d4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7419581a38494c6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,325</x:t>
-[...215 lines deleted...]
-          <x:t>2,755</x:t>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>