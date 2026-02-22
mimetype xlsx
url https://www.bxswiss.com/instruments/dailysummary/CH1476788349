--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9ccac11f1f4350" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d49cb0577fb46e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7419581a38494c6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6758976776640ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7366b80a9d4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7419581a38494c6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6211a8747e436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6758976776640ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>1,249</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,167</x:t>
-[...53 lines deleted...]
-          <x:t>1,046</x:t>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>