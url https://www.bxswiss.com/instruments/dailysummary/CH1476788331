--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e1392d9ee9b4b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7da4c492964821" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eaba859ac0c4b0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7718c17cb524a4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63fc4be3af044ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eaba859ac0c4b0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201bb8403a074f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7718c17cb524a4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>1,995</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>