--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7da4c492964821" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41088f31be2e42b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7718c17cb524a4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bce49b9ec674f53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201bb8403a074f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7718c17cb524a4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ff3080562bd4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bce49b9ec674f53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>