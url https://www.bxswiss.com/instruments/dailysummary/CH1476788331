--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41088f31be2e42b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fe3a521f7ef4ae1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bce49b9ec674f53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc4ff90d3114a67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ff3080562bd4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bce49b9ec674f53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58df3a13cdbd4727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc4ff90d3114a67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,086</x:t>
-[...31 lines deleted...]
-          <x:t>0,946</x:t>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,006</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,912</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>