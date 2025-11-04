--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R824f62eae6634030" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf665873ded842ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf12e8caaa3724e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0d0819a4774f54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f19eb642f7d4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf12e8caaa3724e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb1e45555637447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0d0819a4774f54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,685</x:t>
-[...107 lines deleted...]
-          <x:t>2,745</x:t>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,695</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>2,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>2,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,105</x:t>
-[...31 lines deleted...]
-          <x:t>1,875</x:t>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>2,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>