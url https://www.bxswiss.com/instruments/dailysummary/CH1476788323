--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf665873ded842ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14a0c04b36424385" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0d0819a4774f54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73470290242c411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb1e45555637447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0d0819a4774f54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbade217f6514b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73470290242c411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>2,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>