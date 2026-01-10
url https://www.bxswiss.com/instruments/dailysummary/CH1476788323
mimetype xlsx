--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14a0c04b36424385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f1946207c3c480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73470290242c411c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16fac4267a2f4d12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbade217f6514b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73470290242c411c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94fd0349147f4ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16fac4267a2f4d12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>