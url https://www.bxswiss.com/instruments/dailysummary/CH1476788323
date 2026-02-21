--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f1946207c3c480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21e505aff0744eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16fac4267a2f4d12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f15adeec304af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94fd0349147f4ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16fac4267a2f4d12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re673c1052feb4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f15adeec304af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1,160</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,026</x:t>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,029</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,949</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,871</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>