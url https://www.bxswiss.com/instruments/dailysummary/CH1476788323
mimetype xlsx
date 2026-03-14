--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21e505aff0744eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced40f70c995453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f15adeec304af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab48383ba37a49ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re673c1052feb4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f15adeec304af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96757a7b6cd14027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab48383ba37a49ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,843</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,861</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>29.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,509</x:t>
-[...441 lines deleted...]
-          <x:t>0,479</x:t>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>