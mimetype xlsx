--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5ddbe71c664e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8066aae5e7d4fff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a5c39e84ad46b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d95f4fcd2f24806"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882933e24ae44e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a5c39e84ad46b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6840f3657b884691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d95f4fcd2f24806" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>1,725</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>