--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8066aae5e7d4fff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa80a9861a1e4370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d95f4fcd2f24806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c62866d09940a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6840f3657b884691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d95f4fcd2f24806" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e7c813895fa46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c62866d09940a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>1,910</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,786</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>1,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,710</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>