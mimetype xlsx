--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa80a9861a1e4370" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4fa04bb4404d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c62866d09940a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c5fa39d621476d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e7c813895fa46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c62866d09940a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8414158288854398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c5fa39d621476d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,909</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,862</x:t>
-[...80 lines deleted...]
-          <x:t>0,697</x:t>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>