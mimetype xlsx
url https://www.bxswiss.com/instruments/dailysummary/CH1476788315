--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4fa04bb4404d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf748e9c3b9fc4d1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c5fa39d621476d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34950d7ead7c4b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8414158288854398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c5fa39d621476d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5a0beebf9d4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34950d7ead7c4b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>03.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,859</x:t>
-[...360 lines deleted...]
-          <x:t>0,397</x:t>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>