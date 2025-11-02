--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737f645eb1c84e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501b5782824d4ed6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b49db5d46e42de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002208a4f09244f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7695341ecea6456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b49db5d46e42de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7baf432c4d06470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002208a4f09244f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...70 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,275</x:t>
-[...242 lines deleted...]
-          <x:t>2,365</x:t>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>2,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,835</x:t>
-[...11 lines deleted...]
-          <x:t>1,725</x:t>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,785</x:t>
-[...21 lines deleted...]
-          <x:t>1,685</x:t>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,665</x:t>
-[...70 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>1,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>