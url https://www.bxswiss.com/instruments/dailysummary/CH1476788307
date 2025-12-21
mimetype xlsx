--- v1 (2025-11-02)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501b5782824d4ed6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1226ac8e38c34bf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002208a4f09244f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc82fd0b4cff47d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7baf432c4d06470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002208a4f09244f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f2e208102348a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc82fd0b4cff47d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,935</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>