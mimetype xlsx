--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1226ac8e38c34bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa2f8b860644627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc82fd0b4cff47d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb27653d04204f86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f2e208102348a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc82fd0b4cff47d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a5d534022e0485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb27653d04204f86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>