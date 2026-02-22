--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa2f8b860644627" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e4c158f7264f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb27653d04204f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf68ec154c1d64051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a5d534022e0485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb27653d04204f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d9d089c2304ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf68ec154c1d64051" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,790</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,738</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,678</x:t>
-[...26 lines deleted...]
-          <x:t>0,611</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>