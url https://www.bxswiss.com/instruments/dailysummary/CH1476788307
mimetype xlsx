--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e4c158f7264f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777e29b5626c4b91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf68ec154c1d64051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83ca79347cd94102"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d9d089c2304ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf68ec154c1d64051" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcf98af8dabb4229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83ca79347cd94102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>0,606</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,591</x:t>
-[...281 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,571</x:t>
-[...161 lines deleted...]
-          <x:t>0,509</x:t>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,463</x:t>
-[...26 lines deleted...]
-          <x:t>0,331</x:t>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>