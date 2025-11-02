--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebba3e2952ec43d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01995ca4edc344cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f216fedd264cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693f549734bb4505"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6d35130254415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f216fedd264cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R978e0479a42d4e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693f549734bb4505" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,205</x:t>
-[...178 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,135</x:t>
-[...75 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,045</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,885</x:t>
-[...16 lines deleted...]
-          <x:t>2,005</x:t>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
-[...21 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,585</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,545</x:t>
-[...6 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,645</x:t>
-[...48 lines deleted...]
-          <x:t>1,585</x:t>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>