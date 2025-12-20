--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01995ca4edc344cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R695248ba15934bb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693f549734bb4505"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38bb056169494621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R978e0479a42d4e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693f549734bb4505" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f78a8f2666243de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38bb056169494621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,765</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>