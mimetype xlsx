--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R695248ba15934bb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3676d3a08a24235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38bb056169494621"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90e5e6bba22947d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f78a8f2666243de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38bb056169494621" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R675e71b4509e4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90e5e6bba22947d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>