--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3676d3a08a24235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8247104debc4f52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90e5e6bba22947d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc19c64e91d524a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R675e71b4509e4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90e5e6bba22947d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46566e44ea94ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc19c64e91d524a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,039</x:t>
-[...171 lines deleted...]
-          <x:t>0,536</x:t>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>