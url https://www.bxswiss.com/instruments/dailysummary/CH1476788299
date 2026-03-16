--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8247104debc4f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f1ad7389a554c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc19c64e91d524a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R022ccf1094034d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46566e44ea94ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc19c64e91d524a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re91896ebafa5449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R022ccf1094034d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>0,441</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,413</x:t>
-[...6 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,481</x:t>
-[...151 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,431</x:t>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,389</x:t>
-[...26 lines deleted...]
-          <x:t>0,277</x:t>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>