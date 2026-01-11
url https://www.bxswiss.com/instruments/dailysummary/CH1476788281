--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f76421a687445d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf84343909d9e4ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83372a31283a4908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c5506fb93374a69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaf15e61d2b442b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83372a31283a4908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd342489daae846aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c5506fb93374a69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,635</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>