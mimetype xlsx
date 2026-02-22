--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf84343909d9e4ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe12082debd403c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c5506fb93374a69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc866eddc66450d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd342489daae846aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c5506fb93374a69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5411508e2f4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc866eddc66450d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,908</x:t>
-[...70 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,578</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>0,472</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>