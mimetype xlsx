--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe12082debd403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddbe5b7206c943d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc866eddc66450d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra994667e45f54453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5411508e2f4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc866eddc66450d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb021b225302e47ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra994667e45f54453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>0,570</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,469</x:t>
-[...43 lines deleted...]
-          <x:t>0,570</x:t>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,518</x:t>
-[...366 lines deleted...]
-        <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>