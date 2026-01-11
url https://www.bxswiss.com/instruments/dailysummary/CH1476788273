--- v0 (2025-10-12)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R622b97f511264692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ddaa5ea64f4c3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3113787642549e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf098f18346e4044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a1f7e9d99543d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3113787642549e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63b2212550b4550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf098f18346e4044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,545</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>