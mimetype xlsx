--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ddaa5ea64f4c3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ca79475f2a489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf098f18346e4044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89457f349f2a406b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63b2212550b4550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf098f18346e4044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe17cd8756a64a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89457f349f2a406b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,802</x:t>
-[...4 lines deleted...]
-          <x:t>0,736</x:t>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,751</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>0,406</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>