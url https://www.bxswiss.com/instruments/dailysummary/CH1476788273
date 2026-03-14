--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ca79475f2a489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb162721466460a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89457f349f2a406b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476fd8c87a304e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe17cd8756a64a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89457f349f2a406b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda613e7249da4de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476fd8c87a304e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>0,497</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,407</x:t>
-[...87 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,717</x:t>
-[...414 lines deleted...]
-          <x:t>0,198</x:t>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>