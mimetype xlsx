--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eafeb3a19b14157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848ce4479ca54dd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb73ae63f60643d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e50a0119764de0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68ea6d75750543ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb73ae63f60643d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R670c31685a894fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e50a0119764de0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,705</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,635</x:t>
-[...6 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,705</x:t>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...286 lines deleted...]
-          <x:t>1,605</x:t>
+          <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,535</x:t>
-[...43 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...6 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,145</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>1,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>