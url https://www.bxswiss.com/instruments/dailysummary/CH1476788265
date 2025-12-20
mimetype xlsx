--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848ce4479ca54dd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R593377b933a840b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e50a0119764de0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c704b80c174f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R670c31685a894fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e50a0119764de0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc7aaa5961e4c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c704b80c174f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,355</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>