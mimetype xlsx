--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R593377b933a840b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9abc9754b803410c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c704b80c174f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad416a445e14990"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc7aaa5961e4c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c704b80c174f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f575b73d4404dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad416a445e14990" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,986</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>