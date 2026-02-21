--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9abc9754b803410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d291fb6327744d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad416a445e14990"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9e86ddd43c49d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f575b73d4404dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad416a445e14990" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re59696fbf1574743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9e86ddd43c49d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>0,708</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,661</x:t>
-[...60 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,532</x:t>
-[...117 lines deleted...]
-          <x:t>0,370</x:t>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>