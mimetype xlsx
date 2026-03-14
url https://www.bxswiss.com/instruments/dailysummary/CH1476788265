--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d291fb6327744d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4663b99f46624ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9e86ddd43c49d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24b68c1bd819483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re59696fbf1574743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9e86ddd43c49d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c9aa9ad11c8423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24b68c1bd819483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>0,454</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,436</x:t>
-[...97 lines deleted...]
-          <x:t>0,273</x:t>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,255</x:t>
-[...141 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,228</x:t>
-[...16 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>