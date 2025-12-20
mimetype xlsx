--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf49e2dbf508042b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cea2070cd84aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c44deefad2a47e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc9c98a2b4654be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac3525f7b3ef483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c44deefad2a47e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c981d8587f473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc9c98a2b4654be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>