--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cea2070cd84aaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd61309fc6124263" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc9c98a2b4654be0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0d9e043c014e6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c981d8587f473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc9c98a2b4654be0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446b20f6f3ea4266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0d9e043c014e6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,952</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,916</x:t>
-[...6 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,896</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,761</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>