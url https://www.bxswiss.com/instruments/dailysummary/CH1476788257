--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd61309fc6124263" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb92eef2000f8419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0d9e043c014e6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47791617db33474c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446b20f6f3ea4266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0d9e043c014e6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8541ed23585742ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47791617db33474c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,617</x:t>
-[...26 lines deleted...]
-          <x:t>0,591</x:t>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,504</x:t>
-[...134 lines deleted...]
-          <x:t>0,330</x:t>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>