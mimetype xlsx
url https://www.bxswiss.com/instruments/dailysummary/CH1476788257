--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb92eef2000f8419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2186320a184763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47791617db33474c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb15588e3fccd4e2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8541ed23585742ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47791617db33474c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4bba6ee26ac4d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb15588e3fccd4e2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,674</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,493</x:t>
-[...593 lines deleted...]
-          <x:t>0,146</x:t>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>