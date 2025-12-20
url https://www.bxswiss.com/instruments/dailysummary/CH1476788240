--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b4ef3da18304a47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb040c917b5ea4ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7864135cd74977"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d87ee59473844f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra902fdaaea694f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7864135cd74977" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R501771a320d6433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d87ee59473844f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>