--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb040c917b5ea4ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7742d4524ca40fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d87ee59473844f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recb37ca153444f2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R501771a320d6433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d87ee59473844f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2530b8682594956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recb37ca153444f2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,856</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,826</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>