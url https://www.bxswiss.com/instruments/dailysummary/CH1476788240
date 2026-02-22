--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7742d4524ca40fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd57ca4b594684e10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recb37ca153444f2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R264adfbad41141a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2530b8682594956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recb37ca153444f2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R808dfee707d94952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R264adfbad41141a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>0,556</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
-[...129 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,287</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>