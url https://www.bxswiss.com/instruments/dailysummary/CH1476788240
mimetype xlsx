--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd57ca4b594684e10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d7325339c24997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R264adfbad41141a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe97ddb35e044502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R808dfee707d94952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R264adfbad41141a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a357b01acb44222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe97ddb35e044502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,278</x:t>
-[...53 lines deleted...]
-          <x:t>0,506</x:t>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,490</x:t>
-[...156 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...139 lines deleted...]
-          <x:t>0,196</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,194</x:t>
-[...112 lines deleted...]
-          <x:t>0,126</x:t>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>