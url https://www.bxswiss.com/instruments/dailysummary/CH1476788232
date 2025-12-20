--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa89a3e303d422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce8f6e58a6884222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c31c42aaf64ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65e9baf2d6e4c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ec46bc72d54b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c31c42aaf64ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb4bf202d50c4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65e9baf2d6e4c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>