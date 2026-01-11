--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce8f6e58a6884222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21e9e22de5c040a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65e9baf2d6e4c83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2cc8e13a484173"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb4bf202d50c4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65e9baf2d6e4c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f9018067cf4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2cc8e13a484173" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,722</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>