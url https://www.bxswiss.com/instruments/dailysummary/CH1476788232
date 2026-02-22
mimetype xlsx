--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21e9e22de5c040a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe7950d803843c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2cc8e13a484173"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra28890fbc4814861"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f9018067cf4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2cc8e13a484173" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca8a562759d4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra28890fbc4814861" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>0,298</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,292</x:t>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,293</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,318</x:t>
-[...31 lines deleted...]
-          <x:t>0,256</x:t>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>