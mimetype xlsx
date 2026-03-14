--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe7950d803843c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5584346c5640a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra28890fbc4814861"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfacc45f075e949e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca8a562759d4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra28890fbc4814861" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc64145a5d34e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfacc45f075e949e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,236</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>0,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>