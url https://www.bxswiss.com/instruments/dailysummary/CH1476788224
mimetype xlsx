--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057ecbe60e78453f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6121b501f04ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c874147ada4ea1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d45a428f814d60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd85dc7b9abe741dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c874147ada4ea1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ce30876b87142e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d45a428f814d60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>