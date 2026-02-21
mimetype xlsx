--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6121b501f04ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4f236ca7774759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d45a428f814d60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98df7b4de8324a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ce30876b87142e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d45a428f814d60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1439c0021d4432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98df7b4de8324a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,278</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,266</x:t>
-[...21 lines deleted...]
-          <x:t>0,248</x:t>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,263</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,262</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,238</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>