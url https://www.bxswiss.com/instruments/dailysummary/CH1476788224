--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4f236ca7774759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15773d9bc8154ac9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98df7b4de8324a0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff8273bd871c41d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1439c0021d4432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98df7b4de8324a0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fbf5891b2cc49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff8273bd871c41d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>0,217</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,207</x:t>
-[...485 lines deleted...]
-          <x:t>0,097</x:t>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>