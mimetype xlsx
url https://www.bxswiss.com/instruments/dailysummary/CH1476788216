--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8525490f4bc4ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc05f3df844d64f08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc983058f7f034409"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55def7bf1d564560"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R166b234caf2543e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc983058f7f034409" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14f890dd76f64312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55def7bf1d564560" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
-[...58 lines deleted...]
-          <x:t>1,055</x:t>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...330 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...26 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...117 lines deleted...]
-          <x:t>0,985</x:t>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>