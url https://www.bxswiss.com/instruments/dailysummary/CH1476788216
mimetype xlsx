--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc05f3df844d64f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbea40f71dea4e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55def7bf1d564560"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52fe54a3ec647ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14f890dd76f64312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55def7bf1d564560" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df3cc84c74f48a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52fe54a3ec647ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,885</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>