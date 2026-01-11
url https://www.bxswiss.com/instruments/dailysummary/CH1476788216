--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbea40f71dea4e12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d42586129be454b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52fe54a3ec647ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0feacaa1ebe747b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df3cc84c74f48a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52fe54a3ec647ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb910052a970f4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0feacaa1ebe747b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>