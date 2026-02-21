--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d42586129be454b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352439722a314420" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0feacaa1ebe747b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d4849511784d12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb910052a970f4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0feacaa1ebe747b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067f6ee07ced4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d4849511784d12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,384</x:t>
-[...171 lines deleted...]
-          <x:t>0,214</x:t>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>