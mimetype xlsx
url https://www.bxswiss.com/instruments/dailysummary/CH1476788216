--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352439722a314420" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88783c5282154e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d4849511784d12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree5805ff814c4587"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067f6ee07ced4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d4849511784d12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ef0cea1eef94a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree5805ff814c4587" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,231</x:t>
-[...58 lines deleted...]
-          <x:t>0,179</x:t>
+          <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,320</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,188</x:t>
-[...16 lines deleted...]
-          <x:t>0,165</x:t>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,145</x:t>
-[...215 lines deleted...]
-          <x:t>0,144</x:t>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,152</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,085</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>