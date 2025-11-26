--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5bbd50597e4366" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb191aa9644a84d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d5a31eb6ec14be3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7041c5eafc844dae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a5cb5a70da64cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d5a31eb6ec14be3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb277eabb59b74a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7041c5eafc844dae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...80 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,915</x:t>
-[...6 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...4 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>