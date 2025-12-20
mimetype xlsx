--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb191aa9644a84d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a67271df454951" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7041c5eafc844dae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725d30ef53484642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb277eabb59b74a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7041c5eafc844dae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88de6657e1a9421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725d30ef53484642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>