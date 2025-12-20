--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a67271df454951" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1b699710b974e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725d30ef53484642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ce72947c1d34d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88de6657e1a9421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725d30ef53484642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc682964d7fb472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ce72947c1d34d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>