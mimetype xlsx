--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1b699710b974e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R580bd5717b61446b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ce72947c1d34d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8b590652fc456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc682964d7fb472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ce72947c1d34d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06725f757bcf4601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8b590652fc456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,538</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,504</x:t>
-[...16 lines deleted...]
-          <x:t>0,518</x:t>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,513</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,424</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>