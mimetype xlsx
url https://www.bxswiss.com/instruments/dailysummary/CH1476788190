--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R580bd5717b61446b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f9b26f275a492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8b590652fc456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b42ed62dfe4e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06725f757bcf4601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8b590652fc456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5944db9531874eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b42ed62dfe4e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,294</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,251</x:t>
-[...134 lines deleted...]
-          <x:t>0,175</x:t>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>