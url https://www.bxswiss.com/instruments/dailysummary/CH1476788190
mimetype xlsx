--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f9b26f275a492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999e65565c5840c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b42ed62dfe4e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f837fa77b6c49f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5944db9531874eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b42ed62dfe4e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf004ff7dc34644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f837fa77b6c49f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,351</x:t>
-[...43 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,174</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,166</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,176</x:t>
-        </x:is>
-[...538 lines deleted...]
-          <x:t>0,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>