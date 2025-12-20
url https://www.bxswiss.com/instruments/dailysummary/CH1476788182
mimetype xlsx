--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46467d7288fd487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b0ae2a4007439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58467dcf5c8540d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233441d2391e49e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64e83f8e26a74720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58467dcf5c8540d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0588f25f553d404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233441d2391e49e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>