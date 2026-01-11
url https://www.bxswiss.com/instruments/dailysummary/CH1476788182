--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b0ae2a4007439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R566d814b7a204cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233441d2391e49e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dfa50323f494589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0588f25f553d404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233441d2391e49e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc342bec7a94784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dfa50323f494589" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>0,422</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,432</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,368</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>