--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R566d814b7a204cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R119628e3eb8b4401" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dfa50323f494589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R420971cc45c24368"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc342bec7a94784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dfa50323f494589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3871de11ab1d4317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R420971cc45c24368" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,277</x:t>
-[...58 lines deleted...]
-          <x:t>0,182</x:t>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,176</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,157</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,159</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>