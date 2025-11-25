--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb220e19070b246f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcbec557c45f46b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3cdc5cad884f37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cdcce29f2e84229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bc11cf5f7c044bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3cdc5cad884f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re893cb8f97ce442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cdcce29f2e84229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...124 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>0,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>