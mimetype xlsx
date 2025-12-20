--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcbec557c45f46b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ae2ef3654ea4c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cdcce29f2e84229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc58d9db7cea4c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re893cb8f97ce442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cdcce29f2e84229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe5d59184fea48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc58d9db7cea4c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>