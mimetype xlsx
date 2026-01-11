--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ae2ef3654ea4c0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1710abcf770d4be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc58d9db7cea4c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c6cd93b9064406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe5d59184fea48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc58d9db7cea4c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf06089f714b45bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c6cd93b9064406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,418</x:t>
-[...53 lines deleted...]
-          <x:t>0,426</x:t>
+          <x:t>0,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,352</x:t>
-[...48 lines deleted...]
-          <x:t>0,330</x:t>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>