--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1710abcf770d4be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b908235f114627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c6cd93b9064406"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra033e5d10fd44c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf06089f714b45bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c6cd93b9064406" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91287edba0d74668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra033e5d10fd44c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>0,204</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>0,145</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>