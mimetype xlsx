--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b908235f114627" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c486282f7442c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra033e5d10fd44c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2375913bdbaf42d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91287edba0d74668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra033e5d10fd44c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f1664de4f7a40ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2375913bdbaf42d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,162</x:t>
-[...399 lines deleted...]
-          <x:t>0,075</x:t>
+          <x:t>0,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,112</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>0,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>