--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd88d3fa55615466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed1301475b24713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7820d7545d5442f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa18f28fc53a43b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1664e34fea0d459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7820d7545d5442f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ccae9596673478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa18f28fc53a43b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>