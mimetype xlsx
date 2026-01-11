--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed1301475b24713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb79d75c2b2c40e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa18f28fc53a43b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174f61b8fa9243f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ccae9596673478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa18f28fc53a43b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R996e407327c246d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174f61b8fa9243f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,390</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,362</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>0,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>