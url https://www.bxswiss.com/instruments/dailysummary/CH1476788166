--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb79d75c2b2c40e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd46ff8fa6a2e4007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174f61b8fa9243f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60bf4c9d11e04711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R996e407327c246d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174f61b8fa9243f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4403a7efc614004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60bf4c9d11e04711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,310</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,262</x:t>
-[...70 lines deleted...]
-          <x:t>0,226</x:t>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,209</x:t>
-[...102 lines deleted...]
-          <x:t>0,147</x:t>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,133</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>