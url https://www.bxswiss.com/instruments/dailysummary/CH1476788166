--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd46ff8fa6a2e4007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785a0c30e2bf42ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60bf4c9d11e04711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c9aa95c7ecb4a5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4403a7efc614004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60bf4c9d11e04711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fe5dd0ce9a94fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c9aa95c7ecb4a5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,262</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,176</x:t>
-[...16 lines deleted...]
-          <x:t>0,148</x:t>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,127</x:t>
-[...21 lines deleted...]
-          <x:t>0,123</x:t>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>0,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,089</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>0,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>