--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb09e5a82882c4ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf0d1e0d29b4d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622edc5a3dad4deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd28b9c191641fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9d7b44769f840fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622edc5a3dad4deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78770975a0ac43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd28b9c191641fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...124 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>0,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>