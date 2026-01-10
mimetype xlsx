--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf0d1e0d29b4d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474280d3ef71436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd28b9c191641fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6523900bae9a4c24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78770975a0ac43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd28b9c191641fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e41ab31294c49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6523900bae9a4c24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,648</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>