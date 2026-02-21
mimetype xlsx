--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474280d3ef71436a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3a66af732d418e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6523900bae9a4c24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5f9014c4ce465e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e41ab31294c49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6523900bae9a4c24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c97be454ac4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5f9014c4ce465e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,282</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,238</x:t>
-[...70 lines deleted...]
-          <x:t>0,205</x:t>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,189</x:t>
-[...21 lines deleted...]
-          <x:t>0,168</x:t>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,136</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,138</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,122</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>