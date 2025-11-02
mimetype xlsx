--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R773949c4bfd249da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd4e7b4b9974f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d52e27479624d74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c1e1ad9e44e40da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92acb68007a14b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d52e27479624d74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0dd036167f4467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c1e1ad9e44e40da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...26 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...323 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...6 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...16 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
-        </x:is>
-[...143 lines deleted...]
-          <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>