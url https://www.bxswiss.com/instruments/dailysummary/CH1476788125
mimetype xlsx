--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd4e7b4b9974f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53b31eeabf5040ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c1e1ad9e44e40da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf681b163261444f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0dd036167f4467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c1e1ad9e44e40da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redbd30726a8b42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf681b163261444f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>