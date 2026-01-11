--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53b31eeabf5040ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c329617f5134c81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf681b163261444f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dddbf3348ff452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redbd30726a8b42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf681b163261444f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f145d5f6ae24034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dddbf3348ff452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,288</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,268</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,227</x:t>
-[...48 lines deleted...]
-          <x:t>0,212</x:t>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,218</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>