--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c329617f5134c81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041e12be546b4093" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dddbf3348ff452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c993ce7d164413"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f145d5f6ae24034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dddbf3348ff452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2296af1e6384693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c993ce7d164413" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,148</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,111</x:t>
-[...90 lines deleted...]
-          <x:t>0,098</x:t>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>