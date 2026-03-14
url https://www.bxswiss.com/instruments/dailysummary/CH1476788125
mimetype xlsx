--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041e12be546b4093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27be9872939940be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c993ce7d164413"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8fb7a5275484d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2296af1e6384693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c993ce7d164413" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4f9c1e8f38946fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8fb7a5275484d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,089</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>0,083</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,079</x:t>
-[...291 lines deleted...]
-          <x:t>0,037</x:t>
+          <x:t>0,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,039</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>0,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>