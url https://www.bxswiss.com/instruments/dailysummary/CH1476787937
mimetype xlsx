--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd728280d0fe845c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8728d0803ea94646" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc454b84ca9549bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5729941d414506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c093e8948d44b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc454b84ca9549bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63f63889198491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5729941d414506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>