--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342cf919db4c4200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb47a7b5ed24479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0601793f1d924c1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a65ca1a696430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39f5bd221f3e4564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0601793f1d924c1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c3d1a1c3376425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a65ca1a696430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>0,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,805</x:t>
-[...80 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...107 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>