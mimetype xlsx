--- v1 (2025-11-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb47a7b5ed24479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refd7393587c24c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a65ca1a696430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re808b50c8e0e44c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c3d1a1c3376425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a65ca1a696430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R654f4ec9eec44528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re808b50c8e0e44c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,092</x:t>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,042</x:t>
-[...134 lines deleted...]
-          <x:t>1,320</x:t>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>