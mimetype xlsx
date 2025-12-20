--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0b51b90aa24e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree5e58f39c9e4cc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce98d363ecca4c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f022726fdf4bbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a3caf5f294f4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce98d363ecca4c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d4da5feeac84191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f022726fdf4bbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,126</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>