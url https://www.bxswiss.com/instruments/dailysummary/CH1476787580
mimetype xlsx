--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree5e58f39c9e4cc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c33e23803ab4429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f022726fdf4bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a3fba67298b48c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d4da5feeac84191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f022726fdf4bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2a3b81e88e4a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a3fba67298b48c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>