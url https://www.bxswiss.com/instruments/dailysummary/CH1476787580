--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c33e23803ab4429" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b091c2128314761" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a3fba67298b48c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7700410e551b4c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2a3b81e88e4a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a3fba67298b48c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c72559a50b94225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7700410e551b4c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,024</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,030</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>0,029</x:t>
-        </x:is>
-[...484 lines deleted...]
-          <x:t>0,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>