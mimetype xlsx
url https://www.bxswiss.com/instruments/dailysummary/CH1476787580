--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b091c2128314761" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra611b2ce1acf4e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7700410e551b4c3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404b5d3288934359"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c72559a50b94225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7700410e551b4c3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R918ad3a4f4974a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404b5d3288934359" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,017</x:t>
-[...38 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,020</x:t>
+          <x:t>0,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,016</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,016</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,016</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,016</x:t>
-[...134 lines deleted...]
-          <x:t>0,029</x:t>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>