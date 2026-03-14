--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra611b2ce1acf4e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc33ac03fdac742dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404b5d3288934359"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae1d578bd1f64905"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R918ad3a4f4974a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404b5d3288934359" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R750685de58dc4a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae1d578bd1f64905" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,010</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,008</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,009</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>