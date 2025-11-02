--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66854300cfbc4d13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a86dd8a43143f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a0030a6fde947a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc875b419c21d4fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raea2d10adf844b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a0030a6fde947a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e231a3dbe91431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc875b419c21d4fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,375</x:t>
-        </x:is>
-[...597 lines deleted...]
-          <x:t>0,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>