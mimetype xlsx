--- v1 (2025-11-02)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a86dd8a43143f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a8ed52ccb348d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc875b419c21d4fea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3544783b474120"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e231a3dbe91431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc875b419c21d4fea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58bd291eaf546d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3544783b474120" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>