--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a8ed52ccb348d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42d921d7331e4d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3544783b474120"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ded1c406af54870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58bd291eaf546d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3544783b474120" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27f8a6b31f64cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ded1c406af54870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,162</x:t>
-[...38 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,168</x:t>
-[...58 lines deleted...]
-          <x:t>0,158</x:t>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,218</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-          <x:t>11.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,256</x:t>
-[...171 lines deleted...]
-          <x:t>0,185</x:t>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>