--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42d921d7331e4d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f69bb7d0c54d0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ded1c406af54870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6638af454c4348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27f8a6b31f64cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ded1c406af54870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19425dc87d5c405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6638af454c4348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,466</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>