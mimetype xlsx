--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aaba9f901d84344" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300e4b1d70c44218" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0230da3efacf45c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174ca286e8fb42a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0421968779ae476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0230da3efacf45c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5786327504064c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174ca286e8fb42a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>0,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>