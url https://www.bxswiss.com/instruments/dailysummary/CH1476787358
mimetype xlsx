--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300e4b1d70c44218" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f9109cd44494be1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174ca286e8fb42a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f4541822ca4012"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5786327504064c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174ca286e8fb42a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229cf63c5fc9443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f4541822ca4012" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>