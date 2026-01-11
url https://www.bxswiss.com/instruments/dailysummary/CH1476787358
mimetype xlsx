--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f9109cd44494be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc486be76d134b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f4541822ca4012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd750e7c6b2364f48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229cf63c5fc9443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f4541822ca4012" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5128ca5b489242b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd750e7c6b2364f48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,222</x:t>
-[...26 lines deleted...]
-          <x:t>0,228</x:t>
+          <x:t>0,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,202</x:t>
-[...474 lines deleted...]
-        <x:is>
           <x:t>0,254</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,236</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>