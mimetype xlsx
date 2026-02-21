--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc486be76d134b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a92d5701dcf422d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd750e7c6b2364f48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra035ad98f05e42f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5128ca5b489242b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd750e7c6b2364f48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf2401e6cd44ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra035ad98f05e42f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,284</x:t>
-[...97 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>0,211</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,190</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>0,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>