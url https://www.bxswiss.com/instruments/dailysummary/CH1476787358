--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a92d5701dcf422d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74333ac6950f4ec7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra035ad98f05e42f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6f7b7657f14dc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf2401e6cd44ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra035ad98f05e42f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fde16541e7b416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6f7b7657f14dc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>0,204</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,121</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,146</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,151</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,117</x:t>
-[...43 lines deleted...]
-          <x:t>0,196</x:t>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,192</x:t>
-[...129 lines deleted...]
-          <x:t>0,116</x:t>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,190</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>