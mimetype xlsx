--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b10bedaf3534e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcbf9fb70954d0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddb7abca75e34c39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R020525903fb44cf7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc07356dd433f4e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddb7abca75e34c39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red23591c0ddc44bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R020525903fb44cf7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>