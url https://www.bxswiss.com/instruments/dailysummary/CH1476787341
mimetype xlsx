--- v1 (2025-11-03)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcbf9fb70954d0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e550c19e4243c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R020525903fb44cf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8990f4de82f14535"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red23591c0ddc44bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R020525903fb44cf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4818d2514e204398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8990f4de82f14535" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>