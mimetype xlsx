--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e550c19e4243c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5c1ae7bc96453c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8990f4de82f14535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15193a9dce349f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4818d2514e204398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8990f4de82f14535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc820f8a1beb40eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15193a9dce349f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>0,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,272</x:t>
-[...247 lines deleted...]
-          <x:t>0,266</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>