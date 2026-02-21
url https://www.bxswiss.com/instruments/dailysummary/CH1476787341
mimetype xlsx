--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5c1ae7bc96453c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f87895f5f27406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15193a9dce349f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75cd152873474612"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc820f8a1beb40eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15193a9dce349f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f31bef242047c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75cd152873474612" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,318</x:t>
-[...53 lines deleted...]
-          <x:t>0,391</x:t>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,322</x:t>
-[...65 lines deleted...]
-          <x:t>0,263</x:t>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>18.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,271</x:t>
-[...112 lines deleted...]
-          <x:t>0,207</x:t>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>0,652</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>