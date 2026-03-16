--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f87895f5f27406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc53b7aa03c4266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75cd152873474612"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raff5ca738c34400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f31bef242047c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75cd152873474612" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a77cc820c9944c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raff5ca738c34400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,265</x:t>
-[...31 lines deleted...]
-          <x:t>0,141</x:t>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...122 lines deleted...]
-          <x:t>0,129</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>0,234</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>