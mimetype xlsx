--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218fe1684d29448f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6275ed358b04ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19f1162d651b4a12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e7d937286947b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac0a6bc322d443b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19f1162d651b4a12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5884c26025be49fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e7d937286947b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...43 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...495 lines deleted...]
-          <x:t>0,845</x:t>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>