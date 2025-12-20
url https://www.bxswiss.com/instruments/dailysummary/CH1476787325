--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6275ed358b04ba3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa1fc0609e664987" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e7d937286947b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1ebe3edead14c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5884c26025be49fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e7d937286947b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bef44d3cfe24e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1ebe3edead14c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,476</x:t>
-[...16 lines deleted...]
-          <x:t>0,482</x:t>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,366</x:t>
-[...75 lines deleted...]
-          <x:t>0,264</x:t>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,272</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,276</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>