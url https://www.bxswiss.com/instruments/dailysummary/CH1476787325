--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa1fc0609e664987" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd85bf6af48894fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1ebe3edead14c9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38f3db20bdd4d99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bef44d3cfe24e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1ebe3edead14c9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07f05ab704e34fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38f3db20bdd4d99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>0,338</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>