--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd85bf6af48894fe0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R703c6030f6e047a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38f3db20bdd4d99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19b74013c24047cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07f05ab704e34fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38f3db20bdd4d99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b29df894c5844ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19b74013c24047cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,386</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,338</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,383</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,329</x:t>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,274</x:t>
-[...220 lines deleted...]
-          <x:t>0,804</x:t>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>