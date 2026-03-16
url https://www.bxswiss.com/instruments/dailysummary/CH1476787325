--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R703c6030f6e047a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9096f7108494415" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19b74013c24047cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e692c2ca0c94cfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b29df894c5844ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19b74013c24047cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1cbdfb4a9044082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e692c2ca0c94cfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>0,192</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>0,309</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,273</x:t>
-[...21 lines deleted...]
-          <x:t>0,208</x:t>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>20.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>0,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>