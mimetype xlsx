--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dd94f7b66944755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914e6ccefaaa4ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b4fdd9da6ef4d53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a58fff8524475f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ec15faec594373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b4fdd9da6ef4d53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra869b5b852db477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a58fff8524475f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...468 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>