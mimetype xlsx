--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914e6ccefaaa4ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f0f9defc6e8447a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a58fff8524475f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03dacfc61c746fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra869b5b852db477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a58fff8524475f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046247a982e34797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03dacfc61c746fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...404 lines deleted...]
-          <x:t>0,254</x:t>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>