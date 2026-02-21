--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f0f9defc6e8447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a9a37a5925e46c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03dacfc61c746fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cb7bd82c6434f8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046247a982e34797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03dacfc61c746fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17de5ebd5b574520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cb7bd82c6434f8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,434</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,402</x:t>
-[...87 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,396</x:t>
-[...53 lines deleted...]
-          <x:t>0,383</x:t>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,377</x:t>
-[...269 lines deleted...]
-          <x:t>0,887</x:t>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>