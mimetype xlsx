--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a9a37a5925e46c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R335628348fab4a81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cb7bd82c6434f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26a9dac179d4eb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17de5ebd5b574520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cb7bd82c6434f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R549c6480b0b94d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26a9dac179d4eb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,461</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,334</x:t>
-[...129 lines deleted...]
-          <x:t>0,464</x:t>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,433</x:t>
-[...87 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,519</x:t>
-[...332 lines deleted...]
-        <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>