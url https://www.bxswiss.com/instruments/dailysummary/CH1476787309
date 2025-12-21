--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd743ddd36ba4da0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37833bc92bc4b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1a7ec6d5be4745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea9b4ac1d29146df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3cda03bb2f54f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1a7ec6d5be4745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R187991310dbd4cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea9b4ac1d29146df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>