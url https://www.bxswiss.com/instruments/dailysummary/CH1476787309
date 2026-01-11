--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37833bc92bc4b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7bc4d2792a04123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea9b4ac1d29146df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810ef73311f845a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R187991310dbd4cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea9b4ac1d29146df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re00f9d2221824dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810ef73311f845a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,430</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,408</x:t>
-[...286 lines deleted...]
-          <x:t>0,594</x:t>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,492</x:t>
-[...134 lines deleted...]
-          <x:t>0,428</x:t>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>