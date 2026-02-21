--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7bc4d2792a04123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf046c28e114a4216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810ef73311f845a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb000dd1399745c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re00f9d2221824dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810ef73311f845a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72970ebb360499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb000dd1399745c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,416</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,547</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,507</x:t>
-[...200 lines deleted...]
-          <x:t>0,377</x:t>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...193 lines deleted...]
-          <x:t>0,976</x:t>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>