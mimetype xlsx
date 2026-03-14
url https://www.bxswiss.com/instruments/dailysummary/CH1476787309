--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf046c28e114a4216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf8fef1fd554184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb000dd1399745c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R335d5166b4bc4f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72970ebb360499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb000dd1399745c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re846409fe1474cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R335d5166b4bc4f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,526</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,434</x:t>
-[...593 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>