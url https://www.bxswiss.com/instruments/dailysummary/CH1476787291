--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8bd6b35fad845bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R536d91d9ddfe4791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56e7b27916343d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ee9f5c9e19349d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67933a30a27d42ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56e7b27916343d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19b002aa831b4b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ee9f5c9e19349d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>