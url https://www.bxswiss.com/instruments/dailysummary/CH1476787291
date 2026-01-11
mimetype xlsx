--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R536d91d9ddfe4791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b0a9798a2044a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ee9f5c9e19349d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a6fc018604428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19b002aa831b4b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ee9f5c9e19349d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976d085ea24547f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a6fc018604428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,432</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>28.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,488</x:t>
-[...124 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,442</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>0,477</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>