--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b0a9798a2044a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e79ede2d6cb4368" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a6fc018604428a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc25013cfa8343f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976d085ea24547f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a6fc018604428a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4cd306132b2496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc25013cfa8343f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,443</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,656</x:t>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,544</x:t>
-[...33 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,491</x:t>
-[...21 lines deleted...]
-          <x:t>0,461</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,380</x:t>
-[...301 lines deleted...]
-          <x:t>1,069</x:t>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>