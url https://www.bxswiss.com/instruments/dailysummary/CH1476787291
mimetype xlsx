--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e79ede2d6cb4368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf781123a504f4492" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc25013cfa8343f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d393074a2c43bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4cd306132b2496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc25013cfa8343f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6060500c6c74863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d393074a2c43bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>0,682</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,588</x:t>
-[...141 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>0,569</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>