--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727e168f841d407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0f2c9905cc469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b6c3786dcac42f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92963540ddb94dea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d5880659cf847bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b6c3786dcac42f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca34c588e0f4f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92963540ddb94dea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>