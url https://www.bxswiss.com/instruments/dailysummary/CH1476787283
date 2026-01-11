--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0f2c9905cc469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4531531d3814bed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92963540ddb94dea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R709b950ce96d4aef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca34c588e0f4f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92963540ddb94dea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b7769239044d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R709b950ce96d4aef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,438</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,388</x:t>
-[...227 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,456</x:t>
-[...333 lines deleted...]
-          <x:t>0,532</x:t>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>