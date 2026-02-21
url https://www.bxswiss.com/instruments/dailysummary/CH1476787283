--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4531531d3814bed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588d6864739b45ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R709b950ce96d4aef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59be16fed8f34039"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b7769239044d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R709b950ce96d4aef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c9d89f2dab4138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59be16fed8f34039" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,451</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>1,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>