--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588d6864739b45ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d27d872f934c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59be16fed8f34039"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R125c2f71f3e04373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c9d89f2dab4138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59be16fed8f34039" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec3e0dcb662e4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R125c2f71f3e04373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,763</x:t>
-[...506 lines deleted...]
-        <x:is>
           <x:t>0,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,759</x:t>
-[...63 lines deleted...]
-          <x:t>0,661</x:t>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>