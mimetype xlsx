--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1775f782667f4a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5de4e35173b544b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf49f431fad4f92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15624b28c9aa49bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c63999955e74cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf49f431fad4f92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5d9fd9d1f434acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15624b28c9aa49bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>