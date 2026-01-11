--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5de4e35173b544b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662700a71f57428e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15624b28c9aa49bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4241a37946449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5d9fd9d1f434acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15624b28c9aa49bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d96ba6751b24b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4241a37946449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,520</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,512</x:t>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,586</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>0,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,588</x:t>
-[...11 lines deleted...]
-          <x:t>0,600</x:t>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,590</x:t>
-[...220 lines deleted...]
-          <x:t>0,590</x:t>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>