--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662700a71f57428e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30621371361e4865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4241a37946449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d8d26471e74a1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d96ba6751b24b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4241a37946449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc01aebb3f5cd4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d8d26471e74a1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,793</x:t>
-[...16 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,718</x:t>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,636</x:t>
-[...350 lines deleted...]
-          <x:t>1,276</x:t>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>