--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9065536b25e54b9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f17a6f19cb40c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccbf64c6e75c47ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6484c983f08c4bab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd25a6f2832604961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccbf64c6e75c47ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b5382f506040ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6484c983f08c4bab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>