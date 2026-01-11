--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f17a6f19cb40c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e051b90b5148bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6484c983f08c4bab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d7b4b5a6c24999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b5382f506040ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6484c983f08c4bab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e31263c4a645b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d7b4b5a6c24999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,408</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,364</x:t>
-[...462 lines deleted...]
-        <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>