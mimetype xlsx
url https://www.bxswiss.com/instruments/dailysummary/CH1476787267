--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e051b90b5148bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d09da320d648b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d7b4b5a6c24999"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25f7eb9828e64e6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e31263c4a645b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d7b4b5a6c24999" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da6050b7c23451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25f7eb9828e64e6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>0,559</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,611</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,548</x:t>
-[...16 lines deleted...]
-          <x:t>0,591</x:t>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,591</x:t>
+          <x:t>0,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,731</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>1,387</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>