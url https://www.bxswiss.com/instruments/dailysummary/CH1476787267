--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d09da320d648b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92fb8e1538d4574" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25f7eb9828e64e6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53f21216a34c43b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da6050b7c23451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25f7eb9828e64e6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0479619f65644b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53f21216a34c43b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,982</x:t>
-[...4 lines deleted...]
-          <x:t>0,758</x:t>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>0,871</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>