--- v0 (2025-10-12)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5229cd4f8e34976" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc0ae0291284181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc8c8753be146af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e2d773adc64bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6b25a203da34ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc8c8753be146af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97047c8bb610478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e2d773adc64bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
-[...296 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>