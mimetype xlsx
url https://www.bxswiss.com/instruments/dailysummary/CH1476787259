--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc0ae0291284181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3dd7ee986f4aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e2d773adc64bb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde194b1f6544b72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97047c8bb610478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e2d773adc64bb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962f470c6a934855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde194b1f6544b72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,656</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,818</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,862</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,772</x:t>
-[...350 lines deleted...]
-          <x:t>1,504</x:t>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>