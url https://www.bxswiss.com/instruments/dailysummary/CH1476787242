--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd6213a47424f0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1da3b6b389794374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re268b30483454da3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re438b61a981c4309"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a95f03a9d94c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re268b30483454da3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8646eed9039d4c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re438b61a981c4309" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,135</x:t>
-[...4 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...409 lines deleted...]
-          <x:t>1,505</x:t>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>