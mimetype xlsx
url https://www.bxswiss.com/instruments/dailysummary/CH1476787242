--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1da3b6b389794374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c62ca453fc4973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re438b61a981c4309"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf573e44e1f34d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8646eed9039d4c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re438b61a981c4309" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5f09e947c6d45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf573e44e1f34d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...522 lines deleted...]
-          <x:t>0,496</x:t>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>