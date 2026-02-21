--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c62ca453fc4973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra939c1a72338428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf573e44e1f34d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010bbdf04b5f4ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5f09e947c6d45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf573e44e1f34d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013d828b9e4145e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010bbdf04b5f4ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,742</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,799</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,034</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,868</x:t>
-[...11 lines deleted...]
-          <x:t>0,930</x:t>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,791</x:t>
-[...355 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>