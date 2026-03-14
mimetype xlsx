--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra939c1a72338428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186a633c170f4404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010bbdf04b5f4ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34b99e815db4cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013d828b9e4145e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010bbdf04b5f4ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd0a07c82e1a408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34b99e815db4cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,001</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,041</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>0,573</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,703</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,729</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,536</x:t>
-[...301 lines deleted...]
-          <x:t>1,111</x:t>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>