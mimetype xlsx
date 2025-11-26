--- v0 (2025-10-14)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d53f9524b347a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f0c06d059a41e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R422c5b2056e040a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4512f124814c4f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd06aa1bd88b9410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R422c5b2056e040a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24d6361718004182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4512f124814c4f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...4 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>1,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...242 lines deleted...]
-          <x:t>1,595</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>