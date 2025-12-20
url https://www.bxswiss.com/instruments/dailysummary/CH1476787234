--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f0c06d059a41e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada25ef768fd444e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4512f124814c4f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e9c8cee8af4e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24d6361718004182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4512f124814c4f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb91ae39d560421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e9c8cee8af4e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,125</x:t>
-[...58 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,692</x:t>
-[...90 lines deleted...]
-          <x:t>0,634</x:t>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>