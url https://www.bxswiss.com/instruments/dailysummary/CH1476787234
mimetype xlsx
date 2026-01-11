--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada25ef768fd444e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reca45972d93c4f23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e9c8cee8af4e47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e7cc385e2814d72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb91ae39d560421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e9c8cee8af4e47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R998d2d154fa7423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e7cc385e2814d72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,692</x:t>
-[...151 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,828</x:t>
-[...134 lines deleted...]
-          <x:t>0,906</x:t>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,844</x:t>
-[...249 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,887</x:t>
-[...9 lines deleted...]
-          <x:t>0,877</x:t>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>