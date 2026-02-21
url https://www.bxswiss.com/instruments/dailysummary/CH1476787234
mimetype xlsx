--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reca45972d93c4f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23872b267f341a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e7cc385e2814d72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9b36746b714f14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R998d2d154fa7423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e7cc385e2814d72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1aeb49913404b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9b36746b714f14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,789</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,124</x:t>
-[...387 lines deleted...]
-          <x:t>1,751</x:t>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>