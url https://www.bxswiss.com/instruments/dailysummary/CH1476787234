--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23872b267f341a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ceaf5ffb0d1449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9b36746b714f14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb889e4838e074ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1aeb49913404b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9b36746b714f14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bc4b646e00c44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb889e4838e074ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476787234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,099</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
-[...33 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,049</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>0,969</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>